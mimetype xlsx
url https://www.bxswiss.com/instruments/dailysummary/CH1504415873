--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa57df67d95d4c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R678c55cbc3a541fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd18526367a0482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R968f3401dadb4d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8e924f009244ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd18526367a0482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa61ff276c624521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R968f3401dadb4d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...195 lines deleted...]
-          <x:t>3,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,137</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,127</x:t>
-[...53 lines deleted...]
-          <x:t>3,141</x:t>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>