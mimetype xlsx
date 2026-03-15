--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R678c55cbc3a541fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9430100f76647f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R968f3401dadb4d90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R352f58dc41d4497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa61ff276c624521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R968f3401dadb4d90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf167308387e84976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R352f58dc41d4497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,369</x:t>
-[...97 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,145</x:t>
-[...468 lines deleted...]
-          <x:t>3,177</x:t>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>