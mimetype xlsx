--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707c8c2ba278494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed184f451f4484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd449610f7e94f3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8d1320b6484a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88b6299e7c344a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd449610f7e94f3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8275f870fe8948bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8d1320b6484a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>1,201</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,129</x:t>
-[...38 lines deleted...]
-          <x:t>1,083</x:t>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,063</x:t>
-[...112 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>