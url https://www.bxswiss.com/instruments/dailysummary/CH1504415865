--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed184f451f4484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcc81d086b7d40a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8d1320b6484a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebed471552d34b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8275f870fe8948bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8d1320b6484a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ccfa83a40444d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebed471552d34b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,287</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,243</x:t>
-[...620 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>