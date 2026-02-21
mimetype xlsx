--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1bb2448348a4a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2baff07b7c004db3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R668ce83afc714cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18f17b4f7c44013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2718d572f84032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R668ce83afc714cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c4c692ee174412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18f17b4f7c44013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,359</x:t>
-[...75 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>1,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,423</x:t>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,667</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>