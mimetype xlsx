--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2baff07b7c004db3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d41c9a22599427a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re18f17b4f7c44013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf7b96c671f64af1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42c4c692ee174412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re18f17b4f7c44013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a172789ee2b45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf7b96c671f64af1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415857</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,355</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,273</x:t>
-[...65 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,447</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>1,317</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,287</x:t>
-[...409 lines deleted...]
-          <x:t>1,463</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>