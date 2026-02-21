--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc508348fbe6e4091" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b51c36b901841f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998b7b824fc147e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6287d2afc1ad40a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf83a9157002f40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998b7b824fc147e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dfdee8ab2c44489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6287d2afc1ad40a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>3,105</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,063</x:t>
-[...112 lines deleted...]
-          <x:t>3,659</x:t>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>