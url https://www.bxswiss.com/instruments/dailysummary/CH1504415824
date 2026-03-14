--- v0 (2026-02-22)
+++ v1 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f417801a79402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0e668619dd47e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c84156ef7d74962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e53d432690941d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb172b60c05b14c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c84156ef7d74962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R305bdfbeecb84ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e53d432690941d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415824</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,713</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,863</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,613</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>1,839</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>