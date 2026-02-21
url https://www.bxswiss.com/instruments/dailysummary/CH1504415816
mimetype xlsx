--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda377905c0734927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d359ff073c54381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c77f022bed45bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829a755b945f4dd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf569c49899314e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c77f022bed45bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re45860a67e79466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829a755b945f4dd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,651</x:t>
-[...48 lines deleted...]
-          <x:t>3,503</x:t>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,841</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,141</x:t>
-[...43 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,985</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>4,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>