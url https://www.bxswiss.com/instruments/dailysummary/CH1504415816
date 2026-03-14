--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d359ff073c54381" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9357e04f59e445b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829a755b945f4dd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2796e0cb6041436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re45860a67e79466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829a755b945f4dd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re94ac903ce8b45fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2796e0cb6041436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415816</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,767</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,641</x:t>
-[...625 lines deleted...]
-          <x:t>3,985</x:t>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>