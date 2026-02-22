--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab94602dbf234727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e4378f33d9476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4675f2f1424e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra177af8da45c40e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R208b5fc66c4b48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4675f2f1424e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ea02ebf2e54641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra177af8da45c40e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>1,903</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,807</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>1,757</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,723</x:t>
-[...112 lines deleted...]
-          <x:t>2,273</x:t>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>