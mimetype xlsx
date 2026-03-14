--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e4378f33d9476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf093c2d787014035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra177af8da45c40e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3327421e67a247cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ea02ebf2e54641" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra177af8da45c40e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4c3b7a481e400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3327421e67a247cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>2,203</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,055</x:t>
-[...43 lines deleted...]
-          <x:t>2,147</x:t>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,985</x:t>
-[...70 lines deleted...]
-          <x:t>1,997</x:t>
+          <x:t>1,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,807</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>2,047</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>