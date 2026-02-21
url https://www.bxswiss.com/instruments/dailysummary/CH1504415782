--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b153557a144773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790c27d84fab4194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84cac128e55e42f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c22888008bb48c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbe48f05a142447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84cac128e55e42f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R510ad4499b1d4fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c22888008bb48c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>1,943</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>1,971</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,987</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,377</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,187</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>2,233</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,195</x:t>
-[...31 lines deleted...]
-          <x:t>2,499</x:t>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>