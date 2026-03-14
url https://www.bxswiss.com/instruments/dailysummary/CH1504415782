--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790c27d84fab4194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae894647391c4476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c22888008bb48c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R084de86519ef43ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R510ad4499b1d4fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c22888008bb48c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R611fe033a53944b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R084de86519ef43ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>1,999</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,239</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,193</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>2,261</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>