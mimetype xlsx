--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d0d483f46f4b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85bc9394ecc4160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8dcd7f9992474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78f7da032f874335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R512a993bdb73470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8dcd7f9992474a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc754c4f4b647f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78f7da032f874335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>3,931</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,873</x:t>
-[...80 lines deleted...]
-          <x:t>3,881</x:t>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,267</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,393</x:t>
-[...90 lines deleted...]
-          <x:t>4,535</x:t>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>