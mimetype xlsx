--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra85bc9394ecc4160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re576c9c217294d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78f7da032f874335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf99c79eca74055"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc754c4f4b647f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78f7da032f874335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3217c1e55e54879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf99c79eca74055" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,141</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,003</x:t>
-[...129 lines deleted...]
-          <x:t>4,353</x:t>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,201</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>06.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,727</x:t>
-[...279 lines deleted...]
-          <x:t>4,423</x:t>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>