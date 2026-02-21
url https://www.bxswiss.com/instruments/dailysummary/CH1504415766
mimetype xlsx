--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5526b6fbbc47e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aca740244e64a5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf22b5b7fe1894446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6269d6a904f44a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b5ed35ea9a4def" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf22b5b7fe1894446" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f8c7b849b034dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6269d6a904f44a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...141 lines deleted...]
-          <x:t>2,181</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,181</x:t>
-[...119 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>2,731</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>