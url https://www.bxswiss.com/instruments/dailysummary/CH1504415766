--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aca740244e64a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f82998ee30d4259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6269d6a904f44a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72b9a5091666408c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f8c7b849b034dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6269d6a904f44a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127711f2d6584408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72b9a5091666408c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,271</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>2,211</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,459</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>2,489</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>