--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R076bed789a5d4037" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb748fa9ed44fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra04a14a7c4b2406a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ac1f870f5ea4226"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R331805b15de34ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra04a14a7c4b2406a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf87251b8a5a439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ac1f870f5ea4226" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...168 lines deleted...]
-          <x:t>2,253</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,221</x:t>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,581</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>2,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>