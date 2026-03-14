--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdb748fa9ed44fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea3464bf9284395" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ac1f870f5ea4226"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2d80e4f3241467a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf87251b8a5a439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ac1f870f5ea4226" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3210c2db0014746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2d80e4f3241467a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415741</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,297</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,551</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>2,581</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>