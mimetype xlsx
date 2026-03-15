--- v0 (2026-02-22)
+++ v1 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1687abda1ac44c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R674f3ed2881f4c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827be9735f574cf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fc8b00fffa4fba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597c380720c84da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827be9735f574cf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7259e67f3b04970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fc8b00fffa4fba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,837</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,633</x:t>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>2,411</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,599</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>2,911</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,885</x:t>
-[...259 lines deleted...]
-          <x:t>2,931</x:t>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,677</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>