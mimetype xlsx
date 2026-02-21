--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b6591696e7946f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a871d4ba4d4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re71a84903921409c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3546837a29456a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77a2ad6fd704a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re71a84903921409c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f427ccb346549d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3546837a29456a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...87 lines deleted...]
-          <x:t>4,149</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,091</x:t>
-[...178 lines deleted...]
-          <x:t>4,657</x:t>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,627</x:t>
+          <x:t>4,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>