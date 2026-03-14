--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a871d4ba4d4003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c611985674c47d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3546837a29456a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62e38ef1a034ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f427ccb346549d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3546837a29456a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf470ad1e3924ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62e38ef1a034ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,645</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>26.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,669</x:t>
-[...161 lines deleted...]
-          <x:t>4,885</x:t>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,717</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>4,649</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>