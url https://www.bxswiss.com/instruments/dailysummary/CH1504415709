--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21fa28ca10394abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra59bfe7a36b74093" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2443a49ac1e541a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e4d56541ff4460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd576a108c9948ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2443a49ac1e541a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3197ed9c594738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e4d56541ff4460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>2,595</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,483</x:t>
-[...141 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,045</x:t>
-[...9 lines deleted...]
-          <x:t>3,023</x:t>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>