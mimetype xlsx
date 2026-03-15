--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra59bfe7a36b74093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415ee0355513499a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e4d56541ff4460"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63c31040e4944024"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3197ed9c594738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e4d56541ff4460" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83430c29a98c4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63c31040e4944024" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>2,821</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,821</x:t>
-[...26 lines deleted...]
-          <x:t>2,725</x:t>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>2,867</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,561</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>2,773</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>