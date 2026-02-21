--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71ae5245d3af4801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525d39b2ac264a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9476dceefb44137"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99846fdd5287433f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b071d16ec2b4a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9476dceefb44137" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff1ef89d1e81497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99846fdd5287433f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>2,567</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>2,985</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,773</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,985</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,027</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,123</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>