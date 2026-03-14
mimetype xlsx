--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525d39b2ac264a17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f9b9307c7c143bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99846fdd5287433f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c30338c5f2f4037"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff1ef89d1e81497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99846fdd5287433f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71e77bf9959c42e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c30338c5f2f4037" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415691</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>2,919</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,061</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,935</x:t>
-[...522 lines deleted...]
-          <x:t>2,873</x:t>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>