--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6364f3a108004843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82173b1b58a8486c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5b51dd19b154ef9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1a5d0bf1ff45ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa181738d3847d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5b51dd19b154ef9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee68d9fe56d48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1a5d0bf1ff45ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,527</x:t>
-[...97 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,003</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,843</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,881</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>5,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>