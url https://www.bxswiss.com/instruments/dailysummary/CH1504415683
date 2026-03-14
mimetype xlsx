--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82173b1b58a8486c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0dde93142943c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d1a5d0bf1ff45ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4de6fb5e7ad441b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee68d9fe56d48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d1a5d0bf1ff45ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0becbf0d118c4ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4de6fb5e7ad441b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>4,587</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,443</x:t>
-[...161 lines deleted...]
-          <x:t>4,535</x:t>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.01.2026</x:t>
-[...424 lines deleted...]
-          <x:t>4,881</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>