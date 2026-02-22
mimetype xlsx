--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a97a82d13b4afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd037fbdbee454d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcad5f44d4a1a492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2653a9a56cf045b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb801b13930994864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcad5f44d4a1a492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c60ac7edd0a43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2653a9a56cf045b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>2,659</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,667</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>2,923</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>3,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>