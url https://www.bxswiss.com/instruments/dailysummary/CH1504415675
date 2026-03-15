--- v1 (2026-02-22)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd037fbdbee454d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c39086ae49e4954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2653a9a56cf045b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcca942ea36e476d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c60ac7edd0a43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2653a9a56cf045b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73180e3148264c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcca942ea36e476d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>3,017</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,017</x:t>
-[...38 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,031</x:t>
-[...462 lines deleted...]
-        <x:is>
           <x:t>3,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>2,971</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>