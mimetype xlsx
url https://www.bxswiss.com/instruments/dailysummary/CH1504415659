--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3a5b342046543e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20122771391949d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa7fee57af1249e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra768bed0d8b54099"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba22244581ac40d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa7fee57af1249e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9a33593c6a4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra768bed0d8b54099" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,795</x:t>
-[...43 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>3,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,753</x:t>
-[...144 lines deleted...]
-          <x:t>3,327</x:t>
+          <x:t>3,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>