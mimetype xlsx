--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20122771391949d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47a4d809b28e430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra768bed0d8b54099"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02424092b324aa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9a33593c6a4aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra768bed0d8b54099" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd47338867fd54298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02424092b324aa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,077</x:t>
-[...178 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>2,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,777</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>3,071</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>