--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c36f91db5d44f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab24a9e3fff42c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74ffe8f827304564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref23ffc04d0d4ac0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd0449ff6814fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74ffe8f827304564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2bec43b70a403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref23ffc04d0d4ac0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,893</x:t>
-[...43 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>3,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,853</x:t>
-[...102 lines deleted...]
-          <x:t>3,117</x:t>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,317</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>3,431</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>