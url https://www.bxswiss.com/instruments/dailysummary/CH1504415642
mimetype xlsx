--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab24a9e3fff42c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde135f23ce3548fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref23ffc04d0d4ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c9f4826a724fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2bec43b70a403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref23ffc04d0d4ac0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e0a4deb0e44046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c9f4826a724fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,177</x:t>
-[...603 lines deleted...]
-          <x:t>3,175</x:t>
+          <x:t>2,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>