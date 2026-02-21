--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R007e5ff5061b4f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f478cb9cfd4aaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd8f5b6e8bdc4cfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c96a328ce9343ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86a97cb899c14adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd8f5b6e8bdc4cfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c593a4d09640b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c96a328ce9343ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...114 lines deleted...]
-          <x:t>4,749</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>5,247</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>