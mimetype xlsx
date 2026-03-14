--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f478cb9cfd4aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5bd1ee40b0c41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c96a328ce9343ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc7cd9e664f24a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7c593a4d09640b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c96a328ce9343ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8ffe30551cd4b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc7cd9e664f24a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>5,019</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,075</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>5,117</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>