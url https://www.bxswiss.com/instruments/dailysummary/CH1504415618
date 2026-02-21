--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f6ee817c85f40e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e71c12e681c4c75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b756545e2574536"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0b384437904b3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a802cc13de4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b756545e2574536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6addfab73dbd4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0b384437904b3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>2,879</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,839</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>3,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,913</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,937</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,615</x:t>
-[...63 lines deleted...]
-          <x:t>3,535</x:t>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>