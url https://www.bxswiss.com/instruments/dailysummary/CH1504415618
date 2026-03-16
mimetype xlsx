--- v1 (2026-02-21)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e71c12e681c4c75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7458d55f187a4a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc0b384437904b3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc632fccefebb4321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6addfab73dbd4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc0b384437904b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90048d79500e49aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc632fccefebb4321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>3,075</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,277</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>3,201</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>3,277</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>