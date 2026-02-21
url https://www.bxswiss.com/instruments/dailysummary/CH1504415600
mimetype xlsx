--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9da923c5fd0a413a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b083d4b5dac4c14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3560a51d2c4118"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c762ecfb7ac4ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6c58520090441f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3560a51d2c4118" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3283e4b57df146c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c762ecfb7ac4ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...136 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,047</x:t>
+          <x:t>3,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...60 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,723</x:t>
-[...4 lines deleted...]
-          <x:t>3,497</x:t>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,541</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>3,643</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>