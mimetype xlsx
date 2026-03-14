--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b083d4b5dac4c14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf930b400ba34514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c762ecfb7ac4ccb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cbdff96738b4d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3283e4b57df146c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c762ecfb7ac4ccb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61bd0f47ee6f4c31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cbdff96738b4d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>3,655</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,575</x:t>
-[...150 lines deleted...]
-        <x:is>
           <x:t>3,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,035</x:t>
-[...409 lines deleted...]
-          <x:t>3,383</x:t>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>