--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ebcabfb520e4986" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ae74ffcbae41d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ac11e1ac89246e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d013de86264cab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R419e421e7960473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ac11e1ac89246e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R448f5c1925bd411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d013de86264cab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...60 lines deleted...]
-          <x:t>4,801</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,749</x:t>
-[...38 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,999</x:t>
-[...58 lines deleted...]
-          <x:t>4,791</x:t>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,207</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>09.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,515</x:t>
-[...9 lines deleted...]
-          <x:t>5,495</x:t>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>