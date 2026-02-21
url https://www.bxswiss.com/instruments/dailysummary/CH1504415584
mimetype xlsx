--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R893eb5b56f1e4769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b7abf931894168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6a5062e7da4ed8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49643231884f4230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf423348d9cdd4d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6a5062e7da4ed8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d571e22542343b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49643231884f4230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...114 lines deleted...]
-          <x:t>3,269</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,141</x:t>
-[...26 lines deleted...]
-          <x:t>3,111</x:t>
+          <x:t>3,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,103</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>3,751</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>