--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16b7abf931894168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd79bc20d12314a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49643231884f4230"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995dbb2604c640d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d571e22542343b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49643231884f4230" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12eee655a2324e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995dbb2604c640d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,653</x:t>
-[...75 lines deleted...]
-          <x:t>3,337</x:t>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,293</x:t>
-[...463 lines deleted...]
-          <x:t>3,489</x:t>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>