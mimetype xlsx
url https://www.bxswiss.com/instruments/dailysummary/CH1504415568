--- v0 (2026-01-11)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb8c92a64d94af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf958dad424e646ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5d8d988baf14ce0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120e7a23a4be41ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c38422879394471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5d8d988baf14ce0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e524e5f58247d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120e7a23a4be41ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>