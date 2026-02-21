--- v1 (2026-01-12)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf958dad424e646ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876421ce270246b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R120e7a23a4be41ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ecb6f1f3eb24f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e524e5f58247d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R120e7a23a4be41ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f6f85f558c547dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ecb6f1f3eb24f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,317 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>3,373</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,243</x:t>
-[...92 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,941</x:t>
-[...63 lines deleted...]
-          <x:t>3,857</x:t>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>