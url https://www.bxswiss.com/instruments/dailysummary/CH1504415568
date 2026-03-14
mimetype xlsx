--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R876421ce270246b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda52130a6e45476d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ecb6f1f3eb24f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8092fcbf39442be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f6f85f558c547dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ecb6f1f3eb24f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33aaf68931b423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8092fcbf39442be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,867</x:t>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,789</x:t>
-[...16 lines deleted...]
-          <x:t>3,761</x:t>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,581</x:t>
-[...70 lines deleted...]
-          <x:t>3,517</x:t>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,511</x:t>
-[...458 lines deleted...]
-          <x:t>3,595</x:t>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>