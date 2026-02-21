--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ee3d0f161024373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14b51091e7e4dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7127d75571df4b8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4a7701fef84972"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra577afbbc607421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7127d75571df4b8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R298dadcbdef642d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4a7701fef84972" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...109 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,477</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,345</x:t>
-[...124 lines deleted...]
-          <x:t>3,633</x:t>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,847</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,991</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,821</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>3,967</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>