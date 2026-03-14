--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd14b51091e7e4dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cfe194d1a3f4a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f4a7701fef84972"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54fd14965b1411d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R298dadcbdef642d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f4a7701fef84972" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae1dd64c441d415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54fd14965b1411d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,481</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>3,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,615</x:t>
-[...458 lines deleted...]
-          <x:t>3,701</x:t>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>