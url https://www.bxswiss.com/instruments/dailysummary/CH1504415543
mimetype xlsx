--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4acf23854d840ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eba4abd21094e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36af0c1ad7c41ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4958a05ef8b6457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eea260521e44b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36af0c1ad7c41ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07cfa3d39cea4f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4958a05ef8b6457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...232 lines deleted...]
-          <x:t>5,581</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,637</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>5,383</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,345</x:t>
-[...16 lines deleted...]
-          <x:t>5,627</x:t>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,599</x:t>
-[...4 lines deleted...]
-          <x:t>5,747</x:t>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>