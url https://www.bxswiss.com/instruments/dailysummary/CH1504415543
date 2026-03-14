--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eba4abd21094e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcfb11fe98634a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4958a05ef8b6457f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cc20e6668204a4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07cfa3d39cea4f61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4958a05ef8b6457f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22141de1d8e44c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cc20e6668204a4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>5,503</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,561</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>5,647</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,267</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>5,491</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>5,721</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,703</x:t>
-[...377 lines deleted...]
-          <x:t>5,605</x:t>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>