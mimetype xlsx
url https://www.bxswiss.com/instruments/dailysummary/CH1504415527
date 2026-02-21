--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e8ba60251574223" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e11bab26bb44c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7940803c7cec4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d447bacf794204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d6e1c26400544b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7940803c7cec4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6e0cf95dfc4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d447bacf794204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,335</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,457</x:t>
-[...53 lines deleted...]
-          <x:t>3,925</x:t>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4,079</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>