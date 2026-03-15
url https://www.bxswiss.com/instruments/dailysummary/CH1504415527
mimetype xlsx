--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9e11bab26bb44c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0338a943444c30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d447bacf794204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63ac809887114ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c6e0cf95dfc4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d447bacf794204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f15c13c1fee42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63ac809887114ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,587</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>3,983</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,797</x:t>
-[...539 lines deleted...]
-          <x:t>3,811</x:t>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>