--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6cc09985c64c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24afb30992904620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6021fcd88db44e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2edf44804ee346e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3455648caf5a4f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6021fcd88db44e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e83c160a4444ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2edf44804ee346e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,443</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,557</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,559</x:t>
-[...85 lines deleted...]
-          <x:t>4,043</x:t>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,085</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,191</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>