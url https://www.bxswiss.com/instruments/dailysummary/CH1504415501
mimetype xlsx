--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc4f22069f694917" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c55cae913d4515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c6376def5e4553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re661b78858c343b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b401ef40824066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c6376def5e4553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1589e2886785492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re661b78858c343b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>6,005</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>