--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c55cae913d4515" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf18d3141a6f439e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re661b78858c343b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329ce1ed3e194c27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1589e2886785492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re661b78858c343b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61f55e27ed734691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329ce1ed3e194c27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>5,383</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,739</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>5,745</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,571</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>5,851</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>