--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra602ff18c96e47cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R512824cc59704454" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R976955cba4544eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57681733f9d04347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5801d4f976824891" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R976955cba4544eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17d5e8f55474afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57681733f9d04347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,543</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,667</x:t>
-[...16 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>4,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,027</x:t>
-[...48 lines deleted...]
-          <x:t>4,323</x:t>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,157</x:t>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,199</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,305</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>