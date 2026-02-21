--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1e85d115a754736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ce476787114b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5eff351e7e943f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb968f15b80cf44e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5325870aa443fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5eff351e7e943f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec3a60dba06427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb968f15b80cf44e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>3,769</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>3,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,733</x:t>
-[...97 lines deleted...]
-          <x:t>4,069</x:t>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,019</x:t>
-[...31 lines deleted...]
-          <x:t>4,419</x:t>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>