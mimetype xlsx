--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ce476787114b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff3a3dd8d9b49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb968f15b80cf44e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf01bc090c21f40f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ec3a60dba06427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb968f15b80cf44e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb12c5bea2c5c441c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf01bc090c21f40f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>4,183</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,341</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>4,047</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,979</x:t>
-[...517 lines deleted...]
-          <x:t>4,147</x:t>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>