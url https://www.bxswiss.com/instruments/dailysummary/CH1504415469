--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5448c42ba52c40c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1a1ded5edc4a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c70120da4c64071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d8a267767d4731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref9d4cd1857c4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c70120da4c64071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6aa6551a17459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d8a267767d4731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,757</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,881</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,927</x:t>
-[...102 lines deleted...]
-          <x:t>4,189</x:t>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,373</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>4,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>