--- v1 (2026-02-22)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1a1ded5edc4a2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95276395df984ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d8a267767d4731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc04822193f8947f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e6aa6551a17459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d8a267767d4731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R126edddfbcc949b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc04822193f8947f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,297</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,431</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,241</x:t>
-[...539 lines deleted...]
-          <x:t>4,257</x:t>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>