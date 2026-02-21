--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fdf175458647da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7be8fba1bfa64cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaede88795f54792"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd2c119dc81b41b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20a325bd0da94aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaede88795f54792" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80cdd3da230c4995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd2c119dc81b41b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...195 lines deleted...]
-          <x:t>5,913</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,105</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>6,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>