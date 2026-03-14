--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7be8fba1bfa64cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba9bb1a4c0bc4ab2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd2c119dc81b41b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb379c6d2b044713"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80cdd3da230c4995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd2c119dc81b41b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43cbb4269204647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb379c6d2b044713" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>6,113</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,113</x:t>
-[...173 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,227</x:t>
-[...387 lines deleted...]
-          <x:t>6,105</x:t>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>