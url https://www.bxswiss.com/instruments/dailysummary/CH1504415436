--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4933c1ff90e94ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df0232a58b248eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reea3113673f344ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a00bf1f34f94130"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd86fa953c649ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reea3113673f344ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re721ce93bc58426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a00bf1f34f94130" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,867</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,989</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,037</x:t>
-[...70 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,365</x:t>
-[...31 lines deleted...]
-          <x:t>4,233</x:t>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>4,655</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>