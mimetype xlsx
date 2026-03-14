--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df0232a58b248eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ce72158160140b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a00bf1f34f94130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f9afe3288444d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re721ce93bc58426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a00bf1f34f94130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5332ae629bec4471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f9afe3288444d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,205</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,051</x:t>
-[...625 lines deleted...]
-          <x:t>4,371</x:t>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>