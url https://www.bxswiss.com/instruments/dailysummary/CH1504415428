--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R229039ac62fa4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c30a6bedd864ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R152fe3a8d6d54975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1458880f28d4def"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2a2d1804ac497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R152fe3a8d6d54975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf70564734874009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1458880f28d4def" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...222 lines deleted...]
-          <x:t>4,785</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,611</x:t>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,657</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,407</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,353</x:t>
-[...31 lines deleted...]
-          <x:t>4,769</x:t>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>