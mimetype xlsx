--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c30a6bedd864ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419f52719b5448c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1458880f28d4def"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6af00ffa7a614897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf70564734874009" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1458880f28d4def" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7149d2dc54e74368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6af00ffa7a614897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415428</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,525</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,689</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,565</x:t>
-[...31 lines deleted...]
-          <x:t>4,251</x:t>
+          <x:t>4,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,375</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,489</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>4,489</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>