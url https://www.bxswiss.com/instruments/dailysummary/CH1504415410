--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc580228cc00b4838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdc18dab3954758" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d1023a36d0438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39b88254bcd40c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d6cbd7b2a74659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d1023a36d0438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ed37c1d23a43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39b88254bcd40c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...114 lines deleted...]
-          <x:t>5,985</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,841</x:t>
-[...43 lines deleted...]
-          <x:t>5,837</x:t>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,785</x:t>
-[...53 lines deleted...]
-          <x:t>6,355</x:t>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,413</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>6,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>