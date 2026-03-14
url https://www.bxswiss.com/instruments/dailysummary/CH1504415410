--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdc18dab3954758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37321b4bd099463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf39b88254bcd40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2282292c2d0e44c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ed37c1d23a43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf39b88254bcd40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dac701619a04014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2282292c2d0e44c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>5,879</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>6,377</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,377</x:t>
-[...129 lines deleted...]
-          <x:t>6,339</x:t>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,071</x:t>
-[...431 lines deleted...]
-          <x:t>6,365</x:t>
+          <x:t>6,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>