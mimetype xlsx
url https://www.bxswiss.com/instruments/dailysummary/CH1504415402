--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec77cbed9fd48d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4129f1b0a5ce4951" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f70fedf39e8468d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7010877137c4ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266d16a17a0245e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f70fedf39e8468d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7741a80815184044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7010877137c4ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,261</x:t>
-[...16 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,363</x:t>
-[...102 lines deleted...]
-          <x:t>4,903</x:t>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,729</x:t>
-[...58 lines deleted...]
-          <x:t>4,889</x:t>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>