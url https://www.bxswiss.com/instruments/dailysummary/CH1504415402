--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4129f1b0a5ce4951" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra19ae4ee1a3649ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7010877137c4ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R375ecdfe235c4e97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7741a80815184044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7010877137c4ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc324a0dc301b4b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R375ecdfe235c4e97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415402</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,781</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>4,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,693</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>4,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>