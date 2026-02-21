--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b6e7691bad541fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be3f5796558490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R935c529b27fe4405"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f35e6e911d4238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd780a4de16604c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R935c529b27fe4405" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3ac56c63e94d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f35e6e911d4238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,375</x:t>
-[...58 lines deleted...]
-          <x:t>4,283</x:t>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...127 lines deleted...]
-          <x:t>5,009</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>