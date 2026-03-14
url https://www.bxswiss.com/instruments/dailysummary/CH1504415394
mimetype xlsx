--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5be3f5796558490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71482e8defdc4623" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f35e6e911d4238"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R848436f58e994dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3ac56c63e94d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f35e6e911d4238" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafecaa998b2f481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R848436f58e994dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,545</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,389</x:t>
-[...625 lines deleted...]
-          <x:t>4,719</x:t>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>