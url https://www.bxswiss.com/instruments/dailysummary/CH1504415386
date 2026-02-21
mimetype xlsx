--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b15b27a30154594" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8ccd06834f470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940dd05193494a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28b3ff4c02e4c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R205d1876a63046c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940dd05193494a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b066d6b52ba443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28b3ff4c02e4c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...82 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,489</x:t>
-[...26 lines deleted...]
-          <x:t>4,593</x:t>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,447</x:t>
-[...21 lines deleted...]
-          <x:t>4,397</x:t>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>4,965</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,011</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>5,133</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>