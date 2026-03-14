--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8ccd06834f470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57bf41d66cc44dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28b3ff4c02e4c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833e724235d54516"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b066d6b52ba443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28b3ff4c02e4c3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra92eb507ee5e423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833e724235d54516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on Dow Jones Industrial Average Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>4,727</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,589</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,901</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>4,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>