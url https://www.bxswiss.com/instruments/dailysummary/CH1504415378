--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree80d56441c44ed0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b335dccff684f3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb29676482f9e4f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red0c2851c24242ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d53c9167ef34e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb29676482f9e4f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf81eb6f6da4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red0c2851c24242ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...190 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,778</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>2,722</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,656</x:t>
-[...53 lines deleted...]
-          <x:t>2,551</x:t>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>