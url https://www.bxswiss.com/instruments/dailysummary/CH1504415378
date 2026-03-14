--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b335dccff684f3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8028259ab3e42a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red0c2851c24242ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d739fd2397b49f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf81eb6f6da4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red0c2851c24242ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R770405323e5d4604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d739fd2397b49f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415378</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>2,902</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,888</x:t>
-[...436 lines deleted...]
-          <x:t>2,535</x:t>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>