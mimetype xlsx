--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7c4ffd81d0b4567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff213998692e4869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0394b0682eae4916"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad47728b3f54273"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raba9e26b3c2a45d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0394b0682eae4916" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550753fe7fe04d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad47728b3f54273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...195 lines deleted...]
-          <x:t>2,634</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,592</x:t>
-[...85 lines deleted...]
-          <x:t>2,448</x:t>
+          <x:t>2,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>