--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff213998692e4869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d91f52f80074a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad47728b3f54273"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec849847609a4ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R550753fe7fe04d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad47728b3f54273" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6667a78daf47ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec849847609a4ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,749</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>3,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,721</x:t>
-[...124 lines deleted...]
-          <x:t>2,777</x:t>
+          <x:t>2,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,533</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>2,583</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,379</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,401</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>