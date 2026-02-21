--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fc9b36528804a60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b8fdd44cca485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R686b5f2600d0448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eee58145b574945"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7609f238c504338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R686b5f2600d0448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea9f5aa2978420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eee58145b574945" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...195 lines deleted...]
-          <x:t>2,493</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,455</x:t>
-[...53 lines deleted...]
-          <x:t>2,337</x:t>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>2,320</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>