--- v1 (2026-02-21)
+++ v2 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b8fdd44cca485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d5ba1354e04306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eee58145b574945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827e786c33004718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea9f5aa2978420e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eee58145b574945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R188f6ad6df6248fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827e786c33004718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>2,574</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,505</x:t>
-[...38 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,451</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...266 lines deleted...]
-          <x:t>2,403</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,339</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>2,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>