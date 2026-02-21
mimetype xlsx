--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa74bdb79ed2443d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9aee79d6a254368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1d341962b41491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6d957accc5e4288"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72464bd9cccc410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1d341962b41491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddb6f228f824869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6d957accc5e4288" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...124 lines deleted...]
-          <x:t>1,369</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,816</x:t>
-[...36 lines deleted...]
-          <x:t>0,630</x:t>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>