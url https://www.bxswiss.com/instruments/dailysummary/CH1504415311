--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798e42e8bbd24ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3d494b22ab4698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref1f165f6f424dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88557ea7bf684fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ac6f7b926bd4020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref1f165f6f424dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74035e8e25749b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88557ea7bf684fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...227 lines deleted...]
-          <x:t>2,332</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,275</x:t>
-[...53 lines deleted...]
-          <x:t>2,199</x:t>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>