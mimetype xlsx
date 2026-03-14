--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf3d494b22ab4698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74772ab4795842a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88557ea7bf684fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb566bc9b721e457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74035e8e25749b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88557ea7bf684fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb1b42fa63814650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb566bc9b721e457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,323</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>2,269</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...53 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,473</x:t>
-[...171 lines deleted...]
-          <x:t>2,153</x:t>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>