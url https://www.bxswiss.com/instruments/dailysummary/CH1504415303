--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cdb9b33defe490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cc9f06341c4735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d5006f75d74eed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc71772813cf3400a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95ef3e133c24bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d5006f75d74eed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2478d139794aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc71772813cf3400a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...291 lines deleted...]
-          <x:t>2,088</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>