--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cc9f06341c4735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7ccffa03f04368" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc71772813cf3400a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7fb4ed8c024ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2478d139794aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc71772813cf3400a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2808ab9a6d32490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7fb4ed8c024ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>2,274</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,333</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>2,340</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,322</x:t>
-[...436 lines deleted...]
-          <x:t>2,041</x:t>
+          <x:t>2,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>