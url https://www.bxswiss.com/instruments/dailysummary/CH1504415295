--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977b4e748f8a4921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea4b976f6824618" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37663ee69a184e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf228a120cd34df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R134e16026c6542ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37663ee69a184e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ec0157ed744047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf228a120cd34df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>3,347</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,298</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,321</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>3,114</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,283</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,093</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>