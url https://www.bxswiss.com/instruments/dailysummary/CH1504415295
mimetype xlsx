--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raea4b976f6824618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53f597ccb743456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf228a120cd34df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109cc2dfa29a4264"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ec0157ed744047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf228a120cd34df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R904d2557f3d2402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109cc2dfa29a4264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>3,312</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,251</x:t>
-[...129 lines deleted...]
-          <x:t>3,295</x:t>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>3,069</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>