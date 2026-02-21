--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34c23852c8c146f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797cf30adb0a4772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31708375bbfc4edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3db1cef6eb2c4753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47885dfa52d4b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31708375bbfc4edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae585a5677af4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3db1cef6eb2c4753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>3,060</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,983</x:t>
-[...48 lines deleted...]
-          <x:t>2,712</x:t>
+          <x:t>2,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>2,601</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,651</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>2,595</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>