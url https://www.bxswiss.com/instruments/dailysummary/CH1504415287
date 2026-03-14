--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797cf30adb0a4772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0a14a68043a44e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3db1cef6eb2c4753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723769af06054fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae585a5677af4506" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3db1cef6eb2c4753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48230f5e564e42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723769af06054fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>2,690</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,676</x:t>
-[...65 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>2,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,113</x:t>
-[...414 lines deleted...]
-          <x:t>2,569</x:t>
+          <x:t>2,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>