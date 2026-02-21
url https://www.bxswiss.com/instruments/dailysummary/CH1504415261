--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf3801559d3e4b45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c9adbdc68443d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb784502a46d749db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dceecdc307b4d34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9b1a6f0c349496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb784502a46d749db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R752537a011a94016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dceecdc307b4d34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...195 lines deleted...]
-          <x:t>2,117</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,161</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,089</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>1,992</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,053</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>