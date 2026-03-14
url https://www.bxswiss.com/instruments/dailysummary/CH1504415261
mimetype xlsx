--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c9adbdc68443d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117b40a8dccc4afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dceecdc307b4d34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcdcf69b95024b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R752537a011a94016" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dceecdc307b4d34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d539049dd6478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcdcf69b95024b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>2,154</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,086</x:t>
-[...161 lines deleted...]
-          <x:t>1,994</x:t>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,937</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>