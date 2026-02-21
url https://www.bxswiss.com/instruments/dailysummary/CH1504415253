--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b89cd817630467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a942a2d7a194800" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24eff06c25324d69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc623d9f07ff4c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e51231991f449c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24eff06c25324d69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b20e1dc8e954224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc623d9f07ff4c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,324 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...70 lines deleted...]
-          <x:t>2,323</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,048</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,979</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,878</x:t>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>