--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a942a2d7a194800" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdc037692a3c4716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc623d9f07ff4c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cc7bb889709447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b20e1dc8e954224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc623d9f07ff4c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5e7c6a9d0464ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cc7bb889709447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1504415253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,430</x:t>
-[...178 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,067</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,169</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,929</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>1,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>